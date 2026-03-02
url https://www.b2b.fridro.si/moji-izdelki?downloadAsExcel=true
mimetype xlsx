--- v0 (2026-01-14)
+++ v1 (2026-03-02)
@@ -8,51 +8,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Cenik Fridro" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7" uniqueCount="7">
   <si>
     <t xml:space="preserve">Cenik - Fridro
 Kupec: 
-Datum izvoza: 14.01.2026
+Datum izvoza: 02.03.2026
 *Vse cene so brez DDV</t>
   </si>
   <si>
     <t>Šifra artikla</t>
   </si>
   <si>
     <t>Šifra artikla - kupec</t>
   </si>
   <si>
     <t>Naziv artikla</t>
   </si>
   <si>
     <t>Cena brez popusta</t>
   </si>
   <si>
     <t>Popust</t>
   </si>
   <si>
     <t>Cena s popustom</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">